--- v0 (2025-11-01)
+++ v1 (2026-02-15)
@@ -164,150 +164,150 @@
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>3 Years p.a.</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>5 Years p.a.</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Since Inception^^ (p.a.)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Gross Return Before Tax+</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>-0.8%</t>
+          <t>-16.1%</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>-6.1%</t>
+          <t>-23.4%</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>-5.3%</t>
+          <t>-18.9%</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>13.5%</t>
+          <t>7.4%</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>14.2%</t>
+          <t>8.0%</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>10.7%</t>
+          <t>7.7%</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>Benchmark&amp;ast;&amp;ast;</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>-0.7%</t>
+          <t>-9.7%</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>-8.6%</t>
+          <t>-11.0%</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>-9.1%</t>
+          <t>-10.1%</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>9.2%</t>
+          <t>10.7%</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>14.9%</t>
+          <t>11.3%</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>10.2%</t>
+          <t>9.1%</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>Strategy Relative Performance</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>-0.1%</t>
+          <t>-6.4%</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>2.5%</t>
+          <t>-12.4%</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
-          <t>3.8%</t>
+          <t>-8.8%</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>4.3%</t>
+          <t>-3.3%</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>-0.7%</t>
+          <t>-3.3%</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>0.5%</t>
+          <t>-1.4%</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:G4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
@@ -338,150 +338,150 @@
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>3 Years p.a.</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>5 Years p.a.</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>Since Inception^^ (p.a.)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Net Return After Tax^</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>-0.9%</t>
+          <t>-16.2%</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>-6.4%</t>
+          <t>-23.6%</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>-5.2%</t>
+          <t>-20.1%</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>10.2%</t>
+          <t>3.6%</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
-          <t>11.3%</t>
+          <t>4.8%</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>8.5%</t>
+          <t>5.4%</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>Benchmark&amp;ast;&amp;ast;</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>-0.7%</t>
+          <t>-9.7%</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>-8.6%</t>
+          <t>-11.0%</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>-9.1%</t>
+          <t>-10.1%</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>9.2%</t>
+          <t>10.7%</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
-          <t>14.9%</t>
+          <t>11.3%</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>10.2%</t>
+          <t>9.1%</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>Investor Relative Performance</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>-0.2%</t>
+          <t>-6.5%</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>2.2%</t>
+          <t>-12.6%</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
-          <t>3.9%</t>
+          <t>-10.0%</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
-          <t>1.0%</t>
+          <t>-7.1%</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
-          <t>-3.6%</t>
+          <t>-6.5%</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>-1.7%</t>
+          <t>-3.7%</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>